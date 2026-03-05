--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf5ee9b0c8cee4265" />
-  <Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="R75b82cf2a7c34047" />
+  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3a1f695a26ab4fa1" />
+  <Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="Rfd41d1a110814006" />
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="SpreadsheetLight"/>
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Sheet1" sheetId="1" r:id="R9a868f99bdb44ab7"/>
+    <x:sheet name="Sheet1" sheetId="1" r:id="Rb4d50c245c5b4d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4393" uniqueCount="4393">
   <x:si>
     <x:t>Unique asset identity</x:t>
   </x:si>
   <x:si>
     <x:t>Unique Property Reference Number</x:t>
   </x:si>
   <x:si>
     <x:t>Name of the building/land</x:t>
   </x:si>
   <x:si>
     <x:t>Address (Number/Name/Street/Town/County)</x:t>
   </x:si>
   <x:si>
     <x:t>Postcode</x:t>
   </x:si>
   <x:si>
     <x:t>Easting (Grid reference)</x:t>
   </x:si>
   <x:si>
@@ -13282,54 +13282,54 @@
       <x:alignment horizontal="right" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="left" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="left" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet.xml" Id="R9a868f99bdb44ab7" />
-[...2 lines deleted...]
-  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rddea959cf2af402a" />
+  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet.xml" Id="Rb4d50c245c5b4d12" />
+  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme.xml" Id="R84ebc03bf997408f" />
+  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rcb4eaa471dbb46fb" />
+  <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2208e0e498d1469d" />
 </Relationships>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="SpreadsheetLight Office">
   <a:themeElements>
     <a:clrScheme name="SpreadsheetLight Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>